--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -54,1497 +54,1497 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gustavo Venâncio</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/257/oficio_n_032_2022_indicacao.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/257/oficio_n_032_2022_indicacao.pdf</t>
   </si>
   <si>
     <t>indicação verbal o V.Ex.º,_x000D_
 para atendimento por parte do setor competente dessa_x000D_
 Administração Municipal, no sentido de que sejam tomadas as_x000D_
 providências cabíveis, referente às "ossadas" dos açougues que_x000D_
 são descartadas no "lixão", trazendo grandes transtornos ao_x000D_
 meio ambiente!</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/258/oficio_n_033_2022_indicacao.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/258/oficio_n_033_2022_indicacao.pdf</t>
   </si>
   <si>
     <t>indicação verbal a V.Ex.ª,_x000D_
 para atendimento por parte do setor competente dessa_x000D_
 Administração Municipal, no sentido de que sejam tomadas as_x000D_
 providências oportunas no cruzamento da Rua 1 4 c/ Avenida 23,_x000D_
 pois nesse local há um grande fluxo de cargas e descargas de_x000D_
 todos os comércios próximos, causando grandes_x000D_
 constrangimentos!</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/256/oficio_n_056_2022_indicacao.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/256/oficio_n_056_2022_indicacao.pdf</t>
   </si>
   <si>
     <t>indicação verbal a V.Ex.º  para_x000D_
 oportuno atendimento por parte do setor competente dessa_x000D_
 Administração Municipal, no sentido do procedimento de_x000D_
 limpeza nas calçadas, próximo à antiga "Milk Vida", na Avenida_x000D_
 03, subindo pela Rua 18 e virando na Avenida 05, atendendo à_x000D_
 reclamação geral dos moradores</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_135_2022_rotatoria.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_135_2022_rotatoria.pdf</t>
   </si>
   <si>
     <t>Construção de uma Rotatória ou uma passagem_x000D_
 na Avenida 19B, no Bairro Gilma Teixeira.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_193_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_193_2022.pdf</t>
   </si>
   <si>
     <t>Redução do "bico" contíguo à Rotatória da Saída para S. Francisco_x000D_
 de Sales e a Avenida Fradique Correa, que vem dificultando a_x000D_
 manobra de veículos naquele local.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>72022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_cirurgias_eletivas.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_cirurgias_eletivas.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, vêm por esta_x000D_
 forma, com a observância das disposições regimentais próprias,_x000D_
 INDICAR ao Senhor Prefeito Municipal, a título de sugestão, que_x000D_
 através do setor competente, considere a possibilidade de destinar_x000D_
 parte do valor referente à devolução realizada pela Câmara_x000D_
 Municipal, relativo ao Exercício Financeiro de 2.021, para as_x000D_
 CIRURGIAS ELETIVAS!</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>302022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_praca.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_praca.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, vem por esta forma,_x000D_
 com a observância das disposições regimentais próprias, INDICAR ao_x000D_
 Senhor Prefeito Municipal, que através do setor competente,_x000D_
 considere a possibilidade da construção de uma Praça ao lado da_x000D_
 Academia da Saúde, à Avenida Amapá, no local dos_x000D_
 estacionamentos!</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/298/mocao_bruno_franco.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/298/mocao_bruno_franco.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO a BRUNO FRANCO VIEIRA, filho de llson_x000D_
 Chagas Vieira Filho e Kátia Franco Silva Vieira, tendo-se em vista haver_x000D_
 sido o mesmo aprovado em três das mais conceituadas faculdades_x000D_
 do país! Aprovado na Academia da Força Aérea (AFA) no curso de_x000D_
 Piloto, no Instituto Militar de Engenharia (IME) e no mais almejado, o_x000D_
 Instituto Tecnológico de Aeronáutica (ITA) , no curso de Engenharia da_x000D_
 Computação! Requer ainda a comunicação de praxe à pessoa do_x000D_
 homenageado!</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/299/mocao_iolanda_batista.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/299/mocao_iolanda_batista.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO a IOLANDA BATISTA DE FREITAS MACEDO, ao ensejo de_x000D_
 sua merecida aposentadoria, por mais de 30 anos de meritórios_x000D_
 serviços prestados ao Município, com total dedicação e pronto_x000D_
 atendimento como Servidora Pública exemplar, com a comunicação_x000D_
 de praxe à pessoa homenageada!</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/300/mocao_marcel_vieira.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/300/mocao_marcel_vieira.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Campina Verde MG, em Reunião Ordinária realizada em 09_x000D_
 de fevereiro de 2.022, por requerimento deste vereador GUSTAVO VERNÂNCIO e a_x000D_
 aprovação do Plenário, fez registrar nos Anais desta Casa de Leis, com suas_x000D_
 homenagens, uma MOÇÃO DE APLAUSO ao Exm.º Marcel Vieira Rodrigues Da Cunha</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/301/mocao_rainha_expo.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/301/mocao_rainha_expo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à Comissão Organizadora do Desfile da Rainha da_x000D_
 Expoverde 22, integrada por Mariana Rezende, Fabiana Ferreira,_x000D_
 Danielle Borges, Thays Marra, Vai Machado e Renata Miranda, bem_x000D_
 como à Rainha Eduarda Almeida, l .ª Princesa Stephany Gonçalves e 2 Princesa Gabriela Urzedo, com a comunicação de praxe às pessoas homenageadas!</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Rodriguinho Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_decreto_legislativo_no_001__2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_decreto_legislativo_no_001__2022.pdf</t>
   </si>
   <si>
     <t>- Fica concedido o "TÍTULO DE CIDADANIA CAMPINAVERDENSE" ao casal Senhor Pedro César Ferreira e Senhora Maria Helena Freitas, preenchidos que foram os pré-requisitos previstos na legislação pertinente em vigor e face aos relevantes serviços prestados ao nosso município e região.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_decreto_legislativo_no_0022022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_decreto_legislativo_no_0022022.pdf</t>
   </si>
   <si>
     <t>"TÍTULO DE CIDADANIA CAMPINAVERDENSE"_x000D_
 ao Senhor Dr. Emerson Alves Damião</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_decreto_legislativo_no_012_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_decreto_legislativo_no_012_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO A ORDEM MUNICIPAL DO MÉRITO NO GRAU DE COOPERADOR COMO "ORDEM_x000D_
 MUNICIPAL DO MÉRITO FLORÊNCIO JOSÉ FERREIRA -FLORÊNCIO BONITO" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/325/pdl_013_2022_000587-1.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/325/pdl_013_2022_000587-1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DE TÍTULO DE CIDADANIA_x000D_
 CAMPINAVERDENSE E DÁ OUTRAS PROVIDÊNCIAS _x000D_
 TÍTULO DE CIDADANIA CAMPINAVERDENSE"_x000D_
 ao Senhor Felipe de Brito Brunozzi</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/336/pdl_014_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/336/pdl_014_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONDECORAÇÃO À ORDEM MUNICIPAL DO_x000D_
 MÉRITO FLORÊNCIO JOSÉ FERREIRA - FLORÊNCIO BONITO NO_x000D_
 "GRAU DE COOPERADOR" AO DR. VINÍCIUS DE BARROS MENDONÇA.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/352/pdl_015_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/352/pdl_015_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das Contas da Prefeitura_x000D_
 Municipal de Campina Verde relativas ao Exercício_x000D_
 Financeiro de 2017, nos termos do Parecer Prévio_x000D_
 do Egrégio Tribunal de Contas do Estado de Minas_x000D_
 Gerais.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Canhoto</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/353/pdl_016_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/353/pdl_016_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DE TÍTULO DE CIDADANIA_x000D_
 CAMPINA VERDENSE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_complementar_no_004_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_complementar_no_004_2022.pdf</t>
   </si>
   <si>
     <t>CRIA O BENEFÍCIO "AUXÍLIO-ALIMENTAÇÃO", PARA OS EMPREGADOS PÚBLICOS DA CÂMARA MUNICIPAL DE CAMPINA VERDE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_01_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_01_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA TRANSFERÊNCIA DE BEM MÓVEL PARA O PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_de_lei_no_003_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_de_lei_no_003_2022.pdf</t>
   </si>
   <si>
     <t>PROCEDE À REVISÃO ANUAL DOS VALORES DA REMUNERAÇÃO DOS SERVIDORES DO PODER LEGISLATIVO DA CÂMARA MUNICIPAL DE CAMPINA VERDE-MG, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Mara Do Jacó</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/251/pl_005_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/251/pl_005_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o prazo máximo de 30 dias para a realização e entrega_x000D_
 de resultados de exames, Citologia Oncótica (Rastreamento de_x000D_
 Câncer de Colo do Útero) e Mamografia, cadastrados no Sistema de_x000D_
 Informação de Câncer - SISCAN, no âmbito do Sistema Único de_x000D_
 Saúde/SUS no município de Campina Verde - MG.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_no._007_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_no._007_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA A CIDADE DA CRIANÇA SITUADA NA ESCOLA MUNICIPAL SÃO VICENTE DE PAULO DE CENTRO RECREATIVO INFANTIL EMILLY RAYSSA DOS SANTOS MIRANDA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_no_0082022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_no_0082022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO MUNICÍPIO DE CAMPINA VERDE - MG A CAMPANHA DE INCENTIVO À DOAÇÃO DE CABELO DESTINADA A PESSOAS CARENTES EM TRATAMENTO DE CÂNCER, E DA OUTRAS_x000D_
 PROVIDÊNCIAS E DA OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/280/pl_009-2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/280/pl_009-2022.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À ACADEMIA AO AR LIVRE SITUADA NA AVENIDA AMAPÁ - BAIRRO ANA CÂNDIDA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/288/pll_011_2022_-_institui_a_semana_municipal_de_valorizacao_da_vida_e_prevencao_ao_suicidio.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/288/pll_011_2022_-_institui_a_semana_municipal_de_valorizacao_da_vida_e_prevencao_ao_suicidio.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA_x000D_
 MUNICIPAL DE VALORIZAÇÃO DA VIDA E PREVENÇÃO AO SUÍCIDIO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/323/pll_013_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/323/pll_013_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar através do aproveitamento parcial das consignações orçamentárias da Câmara Municipal de Campina Verde/MG e dá outras providências"</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>Caio Nunes</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/326/pdl_014_2022_000588.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/326/pdl_014_2022_000588.pdf</t>
   </si>
   <si>
     <t>Veda a nomeação para cargos em_x000D_
 comissão de pessoas que tenham sido_x000D_
 condenadas pela Lei Federal_x000D_
 nº.11.340/2006 no âmbito do Município_x000D_
 de Campina Verde - MG</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/335/pll_015_2022_000602.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/335/pll_015_2022_000602.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE CAMPINA VERDE O DIA_x000D_
 DO COOPERATIVISMO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/349/pll_016_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/349/pll_016_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Premiação Professor Nota Dez aos professores da rede municipal e estadual de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/348/pll_017_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/348/pll_017_2022.pdf</t>
   </si>
   <si>
     <t>Veda a nomeação para cargos em comissão de pessoas condenadas com trânsito em julgado nos crimes que especifica no âmbito do Município de Campina Verde</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/354/pll_019_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/354/pll_019_2022.pdf</t>
   </si>
   <si>
     <t>DA DENOMINACAO A PONTE DA RETIRADA BONITA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_resolucao_n_001_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_resolucao_n_001_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Comissões Permanentes, para o 2º Período Legislativo.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_resolucao_n_002_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_resolucao_n_002_2022.pdf</t>
   </si>
   <si>
     <t>Aprova o calendário legislativo para as reuniões ordinárias.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_resolucao_no_003_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_resolucao_no_003_2022.pdf</t>
   </si>
   <si>
     <t>CRIA A OUVIDORIA PARLAMENTAR MUNICIPAL NA CÂMARA MUNICIPAL DE CAMPINA VERDE</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_resolucao_n_006_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_resolucao_n_006_2022.pdf</t>
   </si>
   <si>
     <t>"Altera a Resolução nº. 002/2022 de 10 de_x000D_
 janeiro de 2022 e dá outras providências"</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/328/pr_07.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/328/pr_07.pdf</t>
   </si>
   <si>
     <t>FIXA A DESPESA DA CÂMARA MUNICIPAL_x000D_
 DE CAMPINA VERDE-MG PARA O_x000D_
 EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/337/projeto_de_resolucao_no_009_2022_.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/337/projeto_de_resolucao_no_009_2022_.pdf</t>
   </si>
   <si>
     <t>"Altera a Resolução nº. 006/2022 de 24 de_x000D_
 maio de 2022 e dá outras providências".</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/350/pr_010_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/350/pr_010_2022.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º e o anexo único da resolução Nº 007/2022, de 22 de agosto de 2022 que fixa despesa da Câmara Municipal de Campina Verde para o exercício de 2023</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>VP</t>
   </si>
   <si>
     <t>Voto de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/259/oficio_n_001_2022_voto_de_pesar.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/259/oficio_n_001_2022_voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>VOTO,DE PESAR Senhora MARIA CONCEIÇÃO FERREIRA BARBOSA.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/266/voto_pesar_maria_de_lourdes_andrade_.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/266/voto_pesar_maria_de_lourdes_andrade_.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo_x000D_
 falecimento de MARIA DE LOURDES ANDRADE</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/267/voto_pesar_joao_batista_vasconcelos.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/267/voto_pesar_joao_batista_vasconcelos.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo_x000D_
 falecimento de JOÃO BATISTA VASCONCELOS</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/268/voto_pesar_guilherma_candida_da_silva_amaral.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/268/voto_pesar_guilherma_candida_da_silva_amaral.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo_x000D_
 falecimento de GUILHERMA CÂNDIDA DA SILVA AMARAL</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/269/voto_pesar_jairo_ribeiro_de_souza.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/269/voto_pesar_jairo_ribeiro_de_souza.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo_x000D_
 falecimento de JAIRO RIBEIRO DE SOUZA</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/270/voto_pesar_maria_jose_oliveira_moises.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/270/voto_pesar_maria_jose_oliveira_moises.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo_x000D_
 falecimento de MARIA JOSÉ OLIVEIRA MOISÉS</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/260/oficio_n_022_2022_voto_de_pesar.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/260/oficio_n_022_2022_voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento d e_x000D_
 ARIOVALDO NUNES BERALDO</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/261/oficio_n_024_2022_voto_de_pesar.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/261/oficio_n_024_2022_voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR_x000D_
 pelo falecimento de JOÃO BATISTA VASCONCELOS</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/262/oficio_n_066_2022_voto_de_pesar.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/262/oficio_n_066_2022_voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de MARIA DE LOURDES_x000D_
 ANDRADE (Fiíca Venâncio)</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/263/oficio_n_092_2022_voto_de_pesar.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/263/oficio_n_092_2022_voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de GUILHERMA_x000D_
 CÂNDIDA DA SILVA AMARAL</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/264/oficio_n_093_2022_voto_de_pesar.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/264/oficio_n_093_2022_voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de JAIRO RIBEIRO DE SOUZA</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/265/oficio_n_094_2022_voto_de_pesar.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/265/oficio_n_094_2022_voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de MARIA JOSÉ OLIVEIRA MOISÉS</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>222022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/302/voto_de_pesar_ariovaldo.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/302/voto_de_pesar_ariovaldo.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de_x000D_
 ARIOVALDO NUNES BERALDO</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>242022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/309/voto_de_pesar_joao_batista.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/309/voto_de_pesar_joao_batista.pdf</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>662022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/312/voto_de_pesar_maria_de_lourdes.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/312/voto_de_pesar_maria_de_lourdes.pdf</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>922022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/305/voto_de_pesar_guilherma.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/305/voto_de_pesar_guilherma.pdf</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>932022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/308/voto_de_pesar_jairo.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/308/voto_de_pesar_jairo.pdf</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>942022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/314/voto_de_pesar_maria_jose.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/314/voto_de_pesar_maria_jose.pdf</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>1492022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/306/voto_de_pesar_hamilton.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/306/voto_de_pesar_hamilton.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo_x000D_
 falecimento de HAMILTON PAULINO PEREIRA (Hamilton do Betico)</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>1872022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/310/voto_de_pesar_joao_lacerda.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/310/voto_de_pesar_joao_lacerda.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de JOÂO LACERDA DOS_x000D_
 SANTOS</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>2202022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/303/voto_de_pesar_diva.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/303/voto_de_pesar_diva.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de DIVA AURORA DE_x000D_
 GOUVEIA</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>2212022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/307/voto_de_pesar_iaponira.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/307/voto_de_pesar_iaponira.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de IAPONIRA_x000D_
 CONCEIÇÃO DE MACEDO</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>2302022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/313/voto_de_pesar_maria_ferreira.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/313/voto_de_pesar_maria_ferreira.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de MARIA FERREIRA BARBOSA</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>2362022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/311/voto_de_pesar_luzia.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/311/voto_de_pesar_luzia.pdf</t>
   </si>
   <si>
     <t>VOTO DE_x000D_
 PESAR pelo falecimento de LUZIA RODRIGUES FRANÇA OLIVEIRA</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>27052022</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/304/voto_de_pesar_expedita.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/304/voto_de_pesar_expedita.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR pelo falecimento de_x000D_
 EXPEDITA MARIA DE ARAÚJO</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/246/pl_no_001_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/246/pl_no_001_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE Á AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS OE SAÚDE E OS AGENTES DE COMBATE A ENDEMIAS VINCULADOS ÀS EQUIPES DE SAÚDE DA FAMÍLIA, INCENTIVO FINANCEIRO ADICIONAL, REPASSADO PELO GOVERNO FEDERAL AO MUNICÍPIO DE CAMPINA VERDE E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/245/pl_no_002_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/245/pl_no_002_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE CAMPINA VERDE A DOAR IMÓVEIS AOS SEUS RESPECTIVOS OCUPANTES COMO FORMA DE REGULARIZAÇÃO FUNDIÁRIA E CONTÉM OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/244/pl_no_003_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/244/pl_no_003_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR ANULAÇÃO DE DOTAÇÃO DO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/243/pl_no_004_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/243/pl_no_004_2022.pdf</t>
   </si>
   <si>
     <t>"CRIA A COORDENADORlA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMPDEC) DO MUNICÍPIO DE CAMPINA VERDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/250/pl_no_006_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/250/pl_no_006_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO DE CONVÊNIO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/248/pl_no_007_2022_-_executivo.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/248/pl_no_007_2022_-_executivo.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO DE CONVÊNIO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS",</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_008-2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_008-2022.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES ATIVOS, INATIVOS E PENSIONISTAS, DA FORMA QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/252/pl_no_010_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/252/pl_no_010_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO_x000D_
 COM O SINDICATO DOS PRODUTORES RURAIS DE CAMPINA VERDE PARA AQUISIÇÃO DE_x000D_
 PASSAPORTE PELOS SERVIDORES DESTE MUNICÍPIO E SEUS FAMILIARES PARA A EXPOVERDE_x000D_
 2022 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/293/pl_012_-_cria_auxilio_transporte_acs_-_assinado.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/293/pl_012_-_cria_auxilio_transporte_acs_-_assinado.pdf</t>
   </si>
   <si>
     <t>"CRIA AUXÍLIO TRANSPORTE AOS AGENTES COMUNITÁRIOS DE SAÚDE E ABRE_x000D_
 UM CRÉDITO ESPECIAL NA LOA 2022 PARA ATENDIMENTO DA DESPESA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/273/pl_024_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/273/pl_024_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, DESTINADO A AQUISIÇÃO DE VEICULOS PARA O TRANSPORTE ESCOLAR E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/274/pl_025_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/274/pl_025_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO DE CONVÊNIO NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS E CONTÉM OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/275/pl_026_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/275/pl_026_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, DESTINADO A CONSTRUÇÃO DE QUADRA POLIESPORTIVA NA ESCOLA CELSO RODRIGUES DE LIMA E CONTÉM OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/278/projeto_de_lei_027_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/278/projeto_de_lei_027_2022.pdf</t>
   </si>
   <si>
     <t>"RATIFICA A SEGUNDA ALTERAÇÃO AO CONTRATO DE CONSÓRCIO DO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE DESENVOLVIMENTO SUSTENTÁVEL DO TRIÂNGULO MINEIRO E ALTO PARANAÍBA - CIDES - E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/279/projeto_de_lei_028_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/279/projeto_de_lei_028_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO A COMPLEMENTAR TABELA VALORES DA TABELA DO SUS PARA PACIENTES EM TRATAMENTO NO INSTITUTO NACIONAL DE DESENVOLVIMENTO SOCIAL E HUMANO - INDSH E CONTÉM OUTRAS PROVIDÊCIAS''</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_n_029_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_n_029_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DOAR ÁREA DE TERRENO DE PROPRIEDADE DO MUNICÍPIO DE CAMPINA VERDE A QUE ESPECIFICA, À EMPRESA ACP BIOENERGIA LTDA, PARA O FIM QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS",</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/282/projeto_de_lei_no030_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/282/projeto_de_lei_no030_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/283/ple_032_2022_000544.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/283/ple_032_2022_000544.pdf</t>
   </si>
   <si>
     <t>ALTERA O SALÁRIO BASE DO MONITOR DE CRECHE - MC E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/285/pl_033_2022__substitutivo.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/285/pl_033_2022__substitutivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO E ESTRUTURA DO PODER EXECUTIVO DO_x000D_
 Município DE CAMPINA VERDE DA FORMA QUE ESPECIFICA E DÁ OUTRAS Providências</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/289/pl_034.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/289/pl_034.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DA POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/290/pl_035.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/290/pl_035.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CUSTEAR A DESPESA QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/291/pl_036.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/291/pl_036.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE RESPONSÁVEL TÉCNICO NA ÁREA DA ENFERMAGEM NO PRONTO ATENDIMENTO MÉDICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/292/pl_037.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/292/pl_037.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART.1º DA LEI N. 2.294/2022 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/286/pl_038_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/286/pl_038_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESAFETAR E, POR CONSEQUENCIA, CONCEDER O DIRETO REAL DE USO DE BEM IMÓVEL MUNICIPAL PARA IMPLANTAÇÃO DE UM'' PÓLO DE ENSINO À DISTÂNCIA-PED'' E CONTÉM OUTRAS DISPOSIÇÕES</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_039__2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_039__2022.pdf</t>
   </si>
   <si>
     <t>''REVOGA O ART. 5º DA LEI 2.056/2015 DE 09 DE DEZEMBRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS''</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/287/pl_040_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/287/pl_040_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CAMPINA VERDE A FAZER CONCESSÃO DE USO DE EQUIPAMENTO MÓVEL AO INSTITUTO NACIONAL DE DESENVOLVIMENTO SOCIAL E HUMANO - INDSH E CONTÉM OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/321/ple_041_amplia_area_urbana.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/321/ple_041_amplia_area_urbana.pdf</t>
   </si>
   <si>
     <t>AMPLIA ÁREA URBANA DO MUNICÍPIO DE CAMPINA VERDE, DEFINIDO PELA_x000D_
 LEI MUNICIPAL Nº 1.985/13, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/322/ple_042_piso_salarial_acs_-_ace.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/322/ple_042_piso_salarial_acs_-_ace.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A FIXAÇÃO DO PISO SALARIAL DE AGENTE_x000D_
 COMUNITÁRIO DA SAÚDE E DOS AGENTES DE CONTROLE OE ENDEMIAS_x000D_
 NOS TERMOS DA EMENDA CONSTITUCIONAL Nº l20/2022 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/315/pl_043.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/315/pl_043.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DESERVIÇOS URBANOS E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/316/pl_044.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/316/pl_044.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE AGRICULTURA, PECUÁRIA, INDÚSTRIA E COMÉRCIO E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/317/pl_045.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/317/pl_045.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/318/pl_046.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/318/pl_046.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/319/pl_047.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/319/pl_047.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO DE CONVÊNIO NO_x000D_
 ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/320/pl_048.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/320/pl_048.pdf</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/324/pl_no_049_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/324/pl_no_049_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA EM PARTE A LEI Nº 2.325/2022, DE 30 DE JUNHO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/329/pl_051_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/329/pl_051_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL  SUPLEMENTAR NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DEASSISTÊNCIA SOCIAL E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/327/pl_052.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/327/pl_052.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL 2.310/2022, DE 28 DE_x000D_
 ABRIL DE 2022 E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/331/pl_053_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/331/pl_053_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização e estrutura da secretaria municipal de cultura, com a modificação necessárias nos artigos 43 e 44 da lei municipal 1450/2002 alterada pela lei 1836/2011 e da outras providências</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/330/pl_054_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/330/pl_054_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por superávit financeiro no orçamento vigente da secretaria municipal de serviços urbanos e contém outras</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/332/pl_55_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/332/pl_55_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o município a realizar despesa que especifica e contém outras providências</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/334/ple_056_2022_000603.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/334/ple_056_2022_000603.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ART. 42 DA LEI 2.114/2017 DE 30 DE_x000D_
 OUTUBRO DE 2017 E CONTÉM OUTRAS PROVIDÊNCIAS''</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/333/pl_057_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/333/pl_057_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a desafetar e, por consequência conceder o direito real de uso de bem imóvel municipal para implantação de um "Polo de ensino presencial e contém outras disposições".</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/347/pl_058.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/347/pl_058.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE E_x000D_
 CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/346/pl_059.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/346/pl_059.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÕES NO ORÇAMENTO VIGENTE E_x000D_
 CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/338/pl_060.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/338/pl_060.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § 4° DO ART. 9° DA LEI Nº_x000D_
 2.245/2021 E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/339/pl_061.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/339/pl_061.pdf</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/340/pl_062.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/340/pl_062.pdf</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/341/pl_063.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/341/pl_063.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA OE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE E_x000D_
 CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/342/pl_064.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/342/pl_064.pdf</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/343/pl_065.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/343/pl_065.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR_x000D_
 POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/344/pl_066.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/344/pl_066.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR_x000D_
 POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM ,OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/345/pl_067.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/345/pl_067.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR_x000D_
 NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/355/ple_070_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/355/ple_070_2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPINA VERDE,MG, PARA O EXERCÍCIO FINANCEIRO DE 2023</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/351/ple_072_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/351/ple_072_2022.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A_x000D_
 REPASSAR INCENTIVO FINANCEIRO PARA A ENTIDADE QUE_x000D_
 MENCIONA E CONTÉM OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/356/ple_073_2022.pdf</t>
+    <t>http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/356/ple_073_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI Nº 2.311, DE 11 DE MAIO_x000D_
 DE 2022, QUE ESTABELECE AS DIRETRIZES PARA_x000D_
 ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL DE_x000D_
 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -1854,68 +1854,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/257/oficio_n_032_2022_indicacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/258/oficio_n_033_2022_indicacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/256/oficio_n_056_2022_indicacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_135_2022_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_193_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_cirurgias_eletivas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_praca.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/298/mocao_bruno_franco.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/299/mocao_iolanda_batista.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/300/mocao_marcel_vieira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/301/mocao_rainha_expo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_decreto_legislativo_no_001__2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_decreto_legislativo_no_0022022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_decreto_legislativo_no_012_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/325/pdl_013_2022_000587-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/336/pdl_014_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/352/pdl_015_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/353/pdl_016_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_complementar_no_004_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_01_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_de_lei_no_003_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/251/pl_005_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_no._007_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_no_0082022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/280/pl_009-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/288/pll_011_2022_-_institui_a_semana_municipal_de_valorizacao_da_vida_e_prevencao_ao_suicidio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/323/pll_013_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/326/pdl_014_2022_000588.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/335/pll_015_2022_000602.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/349/pll_016_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/348/pll_017_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/354/pll_019_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_resolucao_n_001_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_resolucao_n_002_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_resolucao_no_003_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_resolucao_n_006_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/328/pr_07.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/337/projeto_de_resolucao_no_009_2022_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/350/pr_010_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/259/oficio_n_001_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/266/voto_pesar_maria_de_lourdes_andrade_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/267/voto_pesar_joao_batista_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/268/voto_pesar_guilherma_candida_da_silva_amaral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/269/voto_pesar_jairo_ribeiro_de_souza.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/270/voto_pesar_maria_jose_oliveira_moises.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/260/oficio_n_022_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/261/oficio_n_024_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/262/oficio_n_066_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/263/oficio_n_092_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/264/oficio_n_093_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/265/oficio_n_094_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/302/voto_de_pesar_ariovaldo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/309/voto_de_pesar_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/312/voto_de_pesar_maria_de_lourdes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/305/voto_de_pesar_guilherma.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/308/voto_de_pesar_jairo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/314/voto_de_pesar_maria_jose.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/306/voto_de_pesar_hamilton.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/310/voto_de_pesar_joao_lacerda.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/303/voto_de_pesar_diva.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/307/voto_de_pesar_iaponira.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/313/voto_de_pesar_maria_ferreira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/311/voto_de_pesar_luzia.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/304/voto_de_pesar_expedita.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/246/pl_no_001_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/245/pl_no_002_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/244/pl_no_003_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/243/pl_no_004_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/250/pl_no_006_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/248/pl_no_007_2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_008-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/252/pl_no_010_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/293/pl_012_-_cria_auxilio_transporte_acs_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/273/pl_024_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/274/pl_025_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/275/pl_026_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/278/projeto_de_lei_027_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/279/projeto_de_lei_028_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_n_029_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/282/projeto_de_lei_no030_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/283/ple_032_2022_000544.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/285/pl_033_2022__substitutivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/289/pl_034.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/290/pl_035.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/291/pl_036.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/292/pl_037.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/286/pl_038_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_039__2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/287/pl_040_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/321/ple_041_amplia_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/322/ple_042_piso_salarial_acs_-_ace.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/315/pl_043.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/316/pl_044.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/317/pl_045.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/318/pl_046.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/319/pl_047.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/320/pl_048.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/324/pl_no_049_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/329/pl_051_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/327/pl_052.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/331/pl_053_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/330/pl_054_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/332/pl_55_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/334/ple_056_2022_000603.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/333/pl_057_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/347/pl_058.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/346/pl_059.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/338/pl_060.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/339/pl_061.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/340/pl_062.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/341/pl_063.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/342/pl_064.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/343/pl_065.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/344/pl_066.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/345/pl_067.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/355/ple_070_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/351/ple_072_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/356/ple_073_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/257/oficio_n_032_2022_indicacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/258/oficio_n_033_2022_indicacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/256/oficio_n_056_2022_indicacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_135_2022_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_193_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_cirurgias_eletivas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_praca.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/298/mocao_bruno_franco.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/299/mocao_iolanda_batista.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/300/mocao_marcel_vieira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/301/mocao_rainha_expo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_decreto_legislativo_no_001__2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_decreto_legislativo_no_0022022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_decreto_legislativo_no_012_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/325/pdl_013_2022_000587-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/336/pdl_014_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/352/pdl_015_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/353/pdl_016_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_complementar_no_004_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_01_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/254/projeto_de_lei_no_003_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/251/pl_005_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_no._007_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_no_0082022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/280/pl_009-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/288/pll_011_2022_-_institui_a_semana_municipal_de_valorizacao_da_vida_e_prevencao_ao_suicidio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/323/pll_013_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/326/pdl_014_2022_000588.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/335/pll_015_2022_000602.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/349/pll_016_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/348/pll_017_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/354/pll_019_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_resolucao_n_001_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_resolucao_n_002_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/242/projeto_de_resolucao_no_003_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_resolucao_n_006_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/328/pr_07.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/337/projeto_de_resolucao_no_009_2022_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/350/pr_010_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/259/oficio_n_001_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/266/voto_pesar_maria_de_lourdes_andrade_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/267/voto_pesar_joao_batista_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/268/voto_pesar_guilherma_candida_da_silva_amaral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/269/voto_pesar_jairo_ribeiro_de_souza.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/270/voto_pesar_maria_jose_oliveira_moises.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/260/oficio_n_022_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/261/oficio_n_024_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/262/oficio_n_066_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/263/oficio_n_092_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/264/oficio_n_093_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/265/oficio_n_094_2022_voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/302/voto_de_pesar_ariovaldo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/309/voto_de_pesar_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/312/voto_de_pesar_maria_de_lourdes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/305/voto_de_pesar_guilherma.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/308/voto_de_pesar_jairo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/314/voto_de_pesar_maria_jose.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/306/voto_de_pesar_hamilton.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/310/voto_de_pesar_joao_lacerda.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/303/voto_de_pesar_diva.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/307/voto_de_pesar_iaponira.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/313/voto_de_pesar_maria_ferreira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/311/voto_de_pesar_luzia.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/304/voto_de_pesar_expedita.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/246/pl_no_001_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/245/pl_no_002_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/244/pl_no_003_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/243/pl_no_004_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/250/pl_no_006_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/248/pl_no_007_2022_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_008-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/252/pl_no_010_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/293/pl_012_-_cria_auxilio_transporte_acs_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/273/pl_024_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/274/pl_025_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/275/pl_026_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/278/projeto_de_lei_027_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/279/projeto_de_lei_028_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_n_029_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/282/projeto_de_lei_no030_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/283/ple_032_2022_000544.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/285/pl_033_2022__substitutivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/289/pl_034.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/290/pl_035.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/291/pl_036.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/292/pl_037.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/286/pl_038_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/284/projeto_de_lei_039__2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/287/pl_040_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/321/ple_041_amplia_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/322/ple_042_piso_salarial_acs_-_ace.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/315/pl_043.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/316/pl_044.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/317/pl_045.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/318/pl_046.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/319/pl_047.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/320/pl_048.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/324/pl_no_049_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/329/pl_051_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/327/pl_052.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/331/pl_053_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/330/pl_054_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/332/pl_55_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/334/ple_056_2022_000603.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/333/pl_057_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/347/pl_058.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/346/pl_059.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/338/pl_060.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/339/pl_061.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/340/pl_062.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/341/pl_063.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/342/pl_064.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/343/pl_065.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/344/pl_066.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/345/pl_067.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/355/ple_070_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/351/ple_072_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campinaverde.mg.leg.br/media/sapl/public/materialegislativa/2022/356/ple_073_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="165.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="165" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>